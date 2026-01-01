--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -1,145 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="56E83595" w14:textId="77777777" w:rsidR="00A37903" w:rsidRPr="00486B86" w:rsidRDefault="00A37903" w:rsidP="0033552A">
+    <w:p w14:paraId="56E83595" w14:textId="607E6CD8" w:rsidR="00A37903" w:rsidRPr="00486B86" w:rsidRDefault="00674BA5" w:rsidP="0033552A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00486B86">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
+          <w:noProof/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
-          <w:cs/>
-[...19 lines deleted...]
-          <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56AC6C41" wp14:editId="2FC1E01E">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="รูปภาพ 1"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A1329D8" wp14:editId="0024B89F">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2277035</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>493059</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1452282" cy="1753050"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="1858733879" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1858733879" name="Picture 1858733879"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1537289" cy="1854722"/>
+                      <a:ext cx="1452282" cy="1753050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="00A37903" w:rsidRPr="00486B86">
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:cs/>
+        </w:rPr>
+        <w:t>วิธีการส่งคำขอไฟล์สื่อการสอน</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255C890C" w14:textId="59A9F460" w:rsidR="00A37903" w:rsidRPr="00486B86" w:rsidRDefault="00A37903" w:rsidP="00A37903">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6A0244C2" w14:textId="77777777" w:rsidR="00A37903" w:rsidRDefault="006530FF" w:rsidP="0033552A">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">สแกน </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
@@ -147,107 +156,99 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t>ด้านบนเพื่อ</w:t>
       </w:r>
       <w:r w:rsidR="0033552A" w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">เข้าเว็บไซต์ </w:t>
       </w:r>
       <w:r w:rsidR="00A37903" w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>https://teaching.suksapanpanit.com/th</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">https://teaching.suksapanpanit.com/th </w:t>
       </w:r>
       <w:r w:rsidR="00A37903" w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t>แล้ว</w:t>
       </w:r>
       <w:r w:rsidR="00A37903" w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">เลื่อนลงมาด้านล่างจะพบหัวข้อ </w:t>
       </w:r>
       <w:r w:rsidR="00A37903" w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00A37903" w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t>ดาวน์โหลดสื่อการสอน</w:t>
       </w:r>
       <w:r w:rsidR="00A37903" w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7414B78A" w14:textId="77777777" w:rsidR="00486B86" w:rsidRPr="00486B86" w:rsidRDefault="00486B86" w:rsidP="00486B86">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t>เลือกประเภทสื่อ</w:t>
       </w:r>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
@@ -268,61 +269,61 @@
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t>ถัดไป</w:t>
       </w:r>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59D22D01" w14:textId="77777777" w:rsidR="00486B86" w:rsidRPr="00486B86" w:rsidRDefault="00486B86" w:rsidP="00486B86">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F157393" w14:textId="77777777" w:rsidR="00A37903" w:rsidRPr="006530FF" w:rsidRDefault="00486B86" w:rsidP="006530FF">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A7293A4" wp14:editId="3896B6BF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1114425</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3176270</wp:posOffset>
                 </wp:positionV>
@@ -429,51 +430,51 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="4592925" cy="4930279"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="24FFC40B" w14:textId="77777777" w:rsidR="0033552A" w:rsidRPr="00486B86" w:rsidRDefault="0033552A" w:rsidP="0033552A">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>เลือกวิชา</w:t>
       </w:r>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
@@ -495,51 +496,51 @@
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t>ถัดไป</w:t>
       </w:r>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0310945F" w14:textId="77777777" w:rsidR="00A37903" w:rsidRPr="00486B86" w:rsidRDefault="006530FF" w:rsidP="00A37903">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F81F78A" wp14:editId="68026836">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>723900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>805180</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3190875" cy="2847975"/>
@@ -647,61 +648,61 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="3926978" cy="3614193"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E18A0BB" w14:textId="77777777" w:rsidR="006530FF" w:rsidRDefault="006530FF" w:rsidP="006530FF">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01DB03D3" w14:textId="77777777" w:rsidR="0033552A" w:rsidRPr="00486B86" w:rsidRDefault="006530FF" w:rsidP="0033552A">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42376FC0" wp14:editId="63C6E134">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>666750</wp:posOffset>
                 </wp:positionH>
@@ -873,61 +874,61 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="5724525" cy="3752850"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A2E709F" w14:textId="77777777" w:rsidR="00A37903" w:rsidRPr="00486B86" w:rsidRDefault="00A37903" w:rsidP="00A37903">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72A35BBA" w14:textId="77777777" w:rsidR="00A37903" w:rsidRPr="00486B86" w:rsidRDefault="0033552A" w:rsidP="008A46B3">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-613"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ระบบจะแสดงรายการสื่อการสอนที่มีในระบบ ติ๊ก</w:t>
       </w:r>
       <w:r w:rsidR="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
           <w:sz w:val="36"/>
@@ -968,51 +969,51 @@
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t>ส่งคำขอดาวน์โหลด</w:t>
       </w:r>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0002E8DC" w14:textId="77777777" w:rsidR="00486B86" w:rsidRDefault="006530FF" w:rsidP="008A46B3">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-613"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CFBFBB4" wp14:editId="59F402E7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1295400</wp:posOffset>
@@ -1070,107 +1071,96 @@
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:roundrect w14:anchorId="53E6D060" id="สี่เหลี่ยมผืนผ้า: มุมมน 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:102pt;margin-top:201.05pt;width:34.5pt;height:195pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="3881f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPdI181gIAAL8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNJuw259Vs9WqVRFS&#10;1VZtUc+uYzdBjm1s72aXE8fyCJW4gMQFbkiI9G3yKIydbHZFKw6Iiz3jmfk8//sHi1KgOTO2UDLF&#10;8dYAIyapygp5m+I3V8cvdjGyjsiMCCVZipfM4oPJ82f7lR6zROVKZMwgAJF2XOkU587pcRRZmrOS&#10;2C2lmQQhV6YkDlhzG2WGVIBeiigZDLajSplMG0WZtfB61ArxJOBzzqg749wyh0SKwTcXThPOG39G&#10;k30yvjVE5wXt3CD/4EVJCgmf9lBHxBE0M8UjqLKgRlnF3RZVZaQ4LygLMUA08eCPaC5zolmIBZJj&#10;dZ8m+/9g6en83KAig9olGElSQo2a+ltT/2we7pqHD039vam/dmz9pak/N/Wnpv7V1PeeePjY1D/G&#10;KDzX4QT5PQIsSGyl7RjwL/W56TgLpM/SgpvS3xA/WoRiLPtisIVDFB6HL3fjEZSMgigZ7myPBqFa&#10;0dpaG+teMVUiT6TYqJnMLqDioRBkfmJdqEjWhUWytxjxUkB950Sg0V4Sey8BsNMFagXpDaU6LoQI&#10;DSIkqlIMDnU++MjaWALlloJ5CyEvGIdkgvdJcCK0MTsUBsGPKSaUMuniVpSTjLXPEFkfW28RHAuA&#10;HpmDJz12B+BH5DF2G1Gn701ZmILeePA3x1rj3iL8rKTrjctCKvMUgICoup9bfXB/IzWevFHZElrN&#10;qHYGrabHBdTthFh3TgwUBWoNi8SdwcGFgnyrjsIoV+b9U+9eH2YBpBhVMMQptu9mxDCMxGsJU7IX&#10;D4d+6gMzHO0kwJhNyc2mRM7KQwVlimFlaRpIr+/EiuRGldewb6b+VxARSeHvFFNnVsyha5cLbCzK&#10;ptOgBpOuiTuRl5p6cJ9V32dXi2tidNe8Dtr+VK0GvmvJNqNrXW8p1XTmFC+cF67z2jGwJULjdBvN&#10;r6FNPmit9+7kNwAAAP//AwBQSwMEFAAGAAgAAAAhAGNp61HhAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyo3RAoDdlUlB9V3KBQiaMbL0mU2I5iNw1v3+UEx50dzXyTrybb&#10;iZGG0HiHMJ8pEORKbxpXIXx+vFzdgQhRO6M77wjhhwKsivOzXGfGH907jdtYCQ5xIdMIdYx9JmUo&#10;a7I6zHxPjn/ffrA68jlU0gz6yOG2k4lSt9LqxnFDrXt6rKlstweL8Dq0N+vN7ml82+z8slmnKj5/&#10;tYiXF9PDPYhIU/wzwy8+o0PBTHt/cCaIDiFRKW+JCKlK5iDYkSyuWdkjLJasyCKX/zcUJwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBPdI181gIAAL8FAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBjaetR4QAAAAsBAAAPAAAAAAAAAAAAAAAAADAF&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAPgYAAAAA&#10;" filled="f" strokecolor="#1f3763 [1604]" strokeweight="3pt">
                 <v:stroke joinstyle="miter"/>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0033552A" w:rsidRPr="006530FF">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
-        <w:t>สำหรับท่านที่เจ้าหน้าที่ตรวจสอบเรียบร้อยแล้ว ระบบจะแสดงลิงก์และรหัสสำหรับดาวน์โหลดสื่อการสอนบนหน้าเว็บ และจัดส่งให้ทาง</w:t>
-[...8 lines deleted...]
-        <w:t>อีเมล</w:t>
+        <w:t>สำหรับท่านที่เจ้าหน้าที่ตรวจสอบเรียบร้อยแล้ว ระบบจะแสดงลิงก์และรหัสสำหรับดาวน์โหลดสื่อการสอนบนหน้าเว็บ และจัดส่งให้ทางอีเมล</w:t>
       </w:r>
       <w:r w:rsidR="00A37903" w:rsidRPr="006530FF">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">สำหรับดาวน์โหลดย้อนหลังภายใน </w:t>
       </w:r>
       <w:r w:rsidR="00A37903" w:rsidRPr="006530FF">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="008A46B3">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="006530FF">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t>วัน</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="012041F2" wp14:editId="4D8E9537">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="012041F2" wp14:editId="1BCB610A">
             <wp:extent cx="5724525" cy="4848225"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="13" name="รูปภาพ 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -1214,147 +1204,139 @@
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="316BE349" w14:textId="77777777" w:rsidR="006530FF" w:rsidRDefault="006530FF" w:rsidP="006530FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12FB2663" w14:textId="77777777" w:rsidR="006530FF" w:rsidRDefault="006530FF" w:rsidP="006530FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47FC66A7" w14:textId="77777777" w:rsidR="006530FF" w:rsidRPr="006530FF" w:rsidRDefault="006530FF" w:rsidP="006530FF">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
+          <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38FAE178" w14:textId="77777777" w:rsidR="00A37903" w:rsidRPr="00486B86" w:rsidRDefault="00A37903" w:rsidP="00486B86">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
           <w:cs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">วิธีการดาวน์โหลด </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BA89968" w14:textId="77777777" w:rsidR="00A37903" w:rsidRPr="00486B86" w:rsidRDefault="00A37903" w:rsidP="00A37903">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">Copy </w:t>
-[...7 lines deleted...]
-        <w:t>“</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Copy “</w:t>
       </w:r>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t>รหัสผ่านไฟล์</w:t>
       </w:r>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="008A46B3">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A46B3">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t>จากบนเว็บไซต์หรืออีเมลของท่าน และกดลิงก์ดาวน์โหลดที่ปรากฎ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E11D1F8" w14:textId="77777777" w:rsidR="00486B86" w:rsidRDefault="00486B86" w:rsidP="00486B86">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00D66D2C" wp14:editId="3D26F193">
             <wp:extent cx="5724525" cy="2924175"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="7" name="รูปภาพ 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -1379,51 +1361,51 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="5724525" cy="2924175"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CB0F0DB" w14:textId="77777777" w:rsidR="008A46B3" w:rsidRPr="00486B86" w:rsidRDefault="008A46B3" w:rsidP="008A46B3">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">นำ </w:t>
       </w:r>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
@@ -1471,63 +1453,63 @@
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve">แล้ว กด </w:t>
       </w:r>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Download</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> ไฟล์สื่อการสอน</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B14F2A0" w14:textId="77777777" w:rsidR="008A46B3" w:rsidRPr="00486B86" w:rsidRDefault="008A46B3" w:rsidP="00486B86">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DACC1B6" w14:textId="77777777" w:rsidR="00A37903" w:rsidRPr="008A46B3" w:rsidRDefault="00486B86" w:rsidP="008A46B3">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New" w:hint="cs"/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:cs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486B86">
         <w:rPr>
           <w:rFonts w:ascii="TH Sarabun New" w:hAnsi="TH Sarabun New" w:cs="TH Sarabun New"/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A0E5DE9" wp14:editId="343579DA">
             <wp:extent cx="5734050" cy="2400300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="รูปภาพ 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8"/>
@@ -1569,105 +1551,106 @@
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A37903" w:rsidRPr="008A46B3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Leelawadee">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TH Sarabun New">
-    <w:panose1 w:val="020B0500040200020003"/>
+    <w:altName w:val="Browallia New"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A100006F" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="00010183" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D0068AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B3638FE"/>
     <w:lvl w:ilvl="0" w:tplc="15885206">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -1804,132 +1787,133 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="417213325">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1140533360">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="142"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0033552A"/>
     <w:rsid w:val="0033552A"/>
     <w:rsid w:val="00486B86"/>
     <w:rsid w:val="004E1EF0"/>
     <w:rsid w:val="006530FF"/>
+    <w:rsid w:val="00674BA5"/>
     <w:rsid w:val="00743DF7"/>
     <w:rsid w:val="008A46B3"/>
     <w:rsid w:val="00914824"/>
     <w:rsid w:val="00A37903"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="65F77BA6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2C3DDACD-55A3-41C9-B56F-D7BD16E222D8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="th-TH"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2262,152 +2246,151 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0033552A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A37903"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A37903"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00486B86"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Leelawadee" w:hAnsi="Leelawadee" w:cs="Angsana New"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
-[...2 lines deleted...]
-    <w:link w:val="a6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00486B86"/>
     <w:rPr>
       <w:rFonts w:ascii="Leelawadee" w:hAnsi="Leelawadee" w:cs="Angsana New"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ธีมของ Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2670,51 +2653,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>107</Words>
   <Characters>612</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ชื่อเรื่อง</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>